--- v0 (2025-11-06)
+++ v1 (2025-12-29)
@@ -8,80 +8,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kurcz.edit.MENYECSKE\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kurcz.edit.MENYECSKE\Desktop\Honlap\2025.11.05\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EBD539DE-72F7-44E7-B610-D6A084D16C87}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B7171EA5-0D6F-4FEB-8CF5-84118F57DDD0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13620" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2019" sheetId="1" r:id="rId1"/>
     <sheet name="2020" sheetId="2" r:id="rId2"/>
     <sheet name="2021" sheetId="3" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2023" sheetId="5" r:id="rId5"/>
     <sheet name="2024" sheetId="6" r:id="rId6"/>
     <sheet name="2025" sheetId="8" r:id="rId7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'2025'!$A$1:$I$10</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'2025'!$A$1:$I$15</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="151">
   <si>
     <t>2019. évi Ellenőrzések - Kossuth Lajos Gyermekotthoni Központ és Általános Iskola Budapest</t>
   </si>
   <si>
     <t>Ellenőrzést végző szerv neve</t>
   </si>
   <si>
     <t>Érintett telephely</t>
   </si>
   <si>
     <t>Ellenőrzés ügyszáma</t>
   </si>
   <si>
     <t>Ellenőrzés célja</t>
   </si>
   <si>
     <t>Ellenőrzés időpontja</t>
   </si>
   <si>
     <t>Ellenőrzött időszak</t>
   </si>
   <si>
     <t>Ellenőrzés típusa</t>
   </si>
   <si>
@@ -439,50 +439,101 @@
     <t>Hársfa Speciális Gyermekotthon Budapest</t>
   </si>
   <si>
     <t>Bodza Gyermekothon Budapest</t>
   </si>
   <si>
     <t>fenntartói hatáskörben végzett ellenőrzés</t>
   </si>
   <si>
     <t>2025.06.11. - 2025.07.11.</t>
   </si>
   <si>
     <t>Integritás vizsgálat</t>
   </si>
   <si>
     <t>Szociális és Gyermekvédelmi Főigazgatőság</t>
   </si>
   <si>
     <t>PMK-1109-1/2025</t>
   </si>
   <si>
     <t>Kossuth Lajos Gyermekottohni Központ és Általános Iskola Budapest</t>
   </si>
   <si>
     <t>2024.01.01-2025.03.26</t>
+  </si>
+  <si>
+    <t>Akácfa Speciális Lakásotthon Bócsa</t>
+  </si>
+  <si>
+    <t>TFK 2282/2025/2.</t>
+  </si>
+  <si>
+    <t>2024.09.06.-2025.09.10.</t>
+  </si>
+  <si>
+    <t>PMK-4564-1/2025</t>
+  </si>
+  <si>
+    <t>2024.01.01.-2025.08.31.</t>
+  </si>
+  <si>
+    <t>Béke Utógondozói Otthon Budapest</t>
+  </si>
+  <si>
+    <t>Kőrisfa Speciális Laásotthon Bócsa</t>
+  </si>
+  <si>
+    <t>2024.07.10.-2025.08.27.</t>
+  </si>
+  <si>
+    <t>2024.07.31.-2025.08.27.</t>
+  </si>
+  <si>
+    <t>TFK 26557/2025/2.</t>
+  </si>
+  <si>
+    <t>TFK 26554/2025/2.</t>
+  </si>
+  <si>
+    <t>PMK-4562-1/2025</t>
+  </si>
+  <si>
+    <t>Kőrisfa Speciális Lakásotthon Bócsa</t>
+  </si>
+  <si>
+    <t>Budapest Főváros Kormányhivatala, II. Kerületi Hivatala</t>
+  </si>
+  <si>
+    <t>Béke Általános Iskola</t>
+  </si>
+  <si>
+    <t>BP-02/NEO/04905-2/2025.</t>
+  </si>
+  <si>
+    <t>közegészségügyi ellenőrzés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
@@ -616,82 +667,96 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -944,75 +1009,79 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="9" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19"/>
-[...6 lines deleted...]
-      <c r="I1" s="20"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
@@ -1022,61 +1091,61 @@
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99695540-345A-4F87-9B79-BFD2757DAB8F}">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="9" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="19"/>
-[...6 lines deleted...]
-      <c r="I1" s="20"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
@@ -1091,61 +1160,61 @@
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB08498F-98EA-415B-8D27-BDDF8C683216}">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.42578125" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
     <col min="3" max="3" width="33.140625" customWidth="1"/>
     <col min="4" max="5" width="30.7109375" customWidth="1"/>
     <col min="6" max="6" width="36.5703125" customWidth="1"/>
     <col min="7" max="9" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="19"/>
-[...6 lines deleted...]
-      <c r="I1" s="20"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
@@ -1334,61 +1403,61 @@
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F950951F-0EBF-47AE-BDF0-62F612774681}">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55.85546875" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
     <col min="3" max="3" width="34" customWidth="1"/>
     <col min="4" max="5" width="30.7109375" customWidth="1"/>
     <col min="6" max="6" width="34.7109375" customWidth="1"/>
     <col min="7" max="9" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="19"/>
-[...6 lines deleted...]
-      <c r="I1" s="20"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="26"/>
     </row>
     <row r="3" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>8</v>
@@ -1518,61 +1587,61 @@
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1357BDAC-2620-4972-B612-1C56F8711EC9}">
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.5703125" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
     <col min="3" max="3" width="46" customWidth="1"/>
     <col min="4" max="5" width="30.7109375" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" customWidth="1"/>
     <col min="7" max="9" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="B1" s="19"/>
-[...6 lines deleted...]
-      <c r="I1" s="20"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
@@ -2095,325 +2164,558 @@
         <v>110</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>111</v>
       </c>
       <c r="F10" t="s">
         <v>112</v>
       </c>
       <c r="G10" t="s">
         <v>73</v>
       </c>
       <c r="H10" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{648ACD1F-E5F4-4A07-9058-2B6AA0668F75}">
-  <dimension ref="A1:I10"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43.85546875" customWidth="1"/>
     <col min="2" max="2" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="46" customWidth="1"/>
     <col min="4" max="4" width="30.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="29" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
     <col min="8" max="8" width="72.140625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F1" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G1" s="9" t="s">
         <v>7</v>
       </c>
       <c r="H1" s="9" t="s">
         <v>8</v>
       </c>
       <c r="I1" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>119</v>
       </c>
-      <c r="B2" s="11" t="s">
+      <c r="B2" s="22" t="s">
         <v>122</v>
       </c>
       <c r="C2" s="12" t="s">
         <v>121</v>
       </c>
       <c r="D2" s="11" t="s">
         <v>34</v>
       </c>
       <c r="E2" s="15">
         <v>45685</v>
       </c>
       <c r="F2" s="15">
         <v>45685</v>
       </c>
       <c r="G2" s="12" t="s">
         <v>73</v>
       </c>
       <c r="H2" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I2" s="12"/>
     </row>
     <row r="3" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="B3" s="22" t="s">
         <v>125</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>123</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>129</v>
       </c>
       <c r="E3" s="15">
         <v>45713</v>
       </c>
       <c r="F3" s="14" t="s">
         <v>124</v>
       </c>
       <c r="G3" s="12" t="s">
         <v>114</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I3" s="13"/>
     </row>
-    <row r="4" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B4" s="11" t="s">
+      <c r="B4" s="22" t="s">
         <v>120</v>
       </c>
       <c r="C4" s="12" t="s">
         <v>131</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="15">
         <v>45742</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>116</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>114</v>
       </c>
       <c r="H4" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I4" s="13"/>
     </row>
-    <row r="5" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="22" t="s">
         <v>132</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>131</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="15">
         <v>45742</v>
       </c>
       <c r="F5" s="16" t="s">
         <v>133</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>114</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I5" s="13"/>
     </row>
-    <row r="6" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B6" s="11" t="s">
+      <c r="B6" s="22" t="s">
         <v>125</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>115</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="15">
         <v>45743</v>
       </c>
       <c r="F6" s="16" t="s">
         <v>116</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>114</v>
       </c>
       <c r="H6" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I6" s="13"/>
     </row>
-    <row r="7" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="B7" s="22" t="s">
         <v>126</v>
       </c>
       <c r="C7" s="12" t="s">
         <v>131</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="15">
         <v>45751</v>
       </c>
       <c r="F7" s="16" t="s">
         <v>113</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>114</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I7" s="13"/>
     </row>
-    <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>52</v>
       </c>
-      <c r="B8" s="11" t="s">
+      <c r="B8" s="22" t="s">
         <v>125</v>
       </c>
       <c r="C8" s="12" t="s">
         <v>117</v>
       </c>
       <c r="D8" s="11" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="15">
         <v>45831</v>
       </c>
       <c r="F8" s="17">
         <v>45831</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>73</v>
       </c>
       <c r="H8" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I8" s="13"/>
     </row>
     <row r="9" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B9" s="11" t="s">
+      <c r="B9" s="22" t="s">
         <v>125</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>118</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>127</v>
       </c>
       <c r="E9" s="15">
         <v>45819</v>
       </c>
       <c r="F9" s="15" t="s">
         <v>128</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>114</v>
       </c>
       <c r="H9" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I9" s="13"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="D10" s="7"/>
+    <row r="10" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>144</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="15">
+        <v>45896</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="G10" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H10" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="I10" s="18"/>
+    </row>
+    <row r="11" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C11" s="12" t="s">
+        <v>143</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="15">
+        <v>45896</v>
+      </c>
+      <c r="F11" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="G11" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H11" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" s="18"/>
+    </row>
+    <row r="12" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C12" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" s="15">
+        <v>45910</v>
+      </c>
+      <c r="F12" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" s="19" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C13" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="15">
+        <v>45910</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="G13" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" s="19" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D14" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E14" s="15">
+        <v>45917</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="G14" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H14" s="19" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D15" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E15" s="15">
+        <v>45917</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="G15" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H15" s="19" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D16" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" s="15">
+        <v>45918</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="G16" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H16" s="19" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D17" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" s="15">
+        <v>45918</v>
+      </c>
+      <c r="F17" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="G17" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H17" s="19" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" s="19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D18" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E18" s="15">
+        <v>45965</v>
+      </c>
+      <c r="F18" s="15">
+        <v>45965</v>
+      </c>
+      <c r="G18" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="H18" s="19" t="s">
+        <v>72</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I10" xr:uid="{073467E5-F2BD-4C1B-B238-98E962DC0DC0}">
-[...1 lines deleted...]
-      <sortCondition ref="E1:E10" customList="jan,febr,márc,ápr,máj,jún,júl,aug,szept,okt,nov,dec"/>
+  <autoFilter ref="A1:I15" xr:uid="{073467E5-F2BD-4C1B-B238-98E962DC0DC0}">
+    <sortState ref="A2:I12">
+      <sortCondition ref="E1:E12" customList="jan,febr,márc,ápr,máj,jún,júl,aug,szept,okt,nov,dec"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>